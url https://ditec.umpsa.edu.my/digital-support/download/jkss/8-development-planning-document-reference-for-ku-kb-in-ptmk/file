--- v0 (2025-11-03)
+++ v1 (2026-02-16)
@@ -1,1978 +1,3379 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="application/xml" Extension="xml"/>
-[...11 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/featurePropertyBag/featurePropertyBag.xml" ContentType="application/vnd.ms-excel.featurepropertybag+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...1015 lines deleted...]
-</w:document>
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <workbookPr defaultThemeVersion="166925"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\My Drive\2026\JKSS\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9E50AC24-BA97-4B4B-97EC-770C34EFE42A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <bookViews>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{D9948F67-63A5-4AB6-BF46-F8F50503E7A5}"/>
+  </bookViews>
+  <sheets>
+    <sheet name="8.0 PERANCANGAN PROJEK" sheetId="1" r:id="rId1"/>
+    <sheet name="9.0 ANALISA KEPERLUAN SISTEM " sheetId="3" r:id="rId2"/>
+    <sheet name="Rujukan" sheetId="2" r:id="rId3"/>
+    <sheet name="Rujuk" sheetId="4" r:id="rId4"/>
+  </sheets>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
+</workbook>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</w:fonts>
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="E36" i="1" l="1"/>
+  <c r="E37" i="1"/>
+  <c r="E38" i="1"/>
+  <c r="E39" i="1"/>
+  <c r="E40" i="1"/>
+  <c r="E41" i="1"/>
+  <c r="H36" i="1"/>
+  <c r="H37" i="1"/>
+  <c r="H38" i="1"/>
+  <c r="H39" i="1"/>
+  <c r="H40" i="1"/>
+  <c r="H41" i="1"/>
+  <c r="F33" i="1"/>
+  <c r="F34" i="1"/>
+  <c r="F35" i="1"/>
+  <c r="F36" i="1"/>
+  <c r="F37" i="1"/>
+  <c r="F38" i="1"/>
+  <c r="F39" i="1"/>
+  <c r="F40" i="1"/>
+  <c r="F41" i="1"/>
+  <c r="E26" i="1"/>
+  <c r="H18" i="1" l="1"/>
+  <c r="H19" i="1"/>
+  <c r="H20" i="1"/>
+  <c r="H21" i="1"/>
+  <c r="H22" i="1"/>
+  <c r="H23" i="1"/>
+  <c r="H24" i="1"/>
+  <c r="H25" i="1"/>
+  <c r="H26" i="1"/>
+  <c r="H27" i="1"/>
+  <c r="H28" i="1"/>
+  <c r="H29" i="1"/>
+  <c r="H30" i="1"/>
+  <c r="H31" i="1"/>
+  <c r="H32" i="1"/>
+  <c r="H33" i="1"/>
+  <c r="H34" i="1"/>
+  <c r="H35" i="1"/>
+  <c r="F18" i="1"/>
+  <c r="F19" i="1"/>
+  <c r="F20" i="1"/>
+  <c r="F21" i="1"/>
+  <c r="F22" i="1"/>
+  <c r="F23" i="1"/>
+  <c r="I23" i="1" s="1"/>
+  <c r="F24" i="1"/>
+  <c r="I24" i="1" s="1"/>
+  <c r="F25" i="1"/>
+  <c r="I25" i="1" s="1"/>
+  <c r="F26" i="1"/>
+  <c r="I26" i="1" s="1"/>
+  <c r="F27" i="1"/>
+  <c r="F28" i="1"/>
+  <c r="F29" i="1"/>
+  <c r="F30" i="1"/>
+  <c r="F31" i="1"/>
+  <c r="F32" i="1"/>
+  <c r="E18" i="1"/>
+  <c r="E19" i="1"/>
+  <c r="E20" i="1"/>
+  <c r="E21" i="1"/>
+  <c r="E22" i="1"/>
+  <c r="E23" i="1"/>
+  <c r="E24" i="1"/>
+  <c r="E25" i="1"/>
+  <c r="E27" i="1"/>
+  <c r="E28" i="1"/>
+  <c r="E29" i="1"/>
+  <c r="E30" i="1"/>
+  <c r="E31" i="1"/>
+  <c r="E32" i="1"/>
+  <c r="E33" i="1"/>
+  <c r="E34" i="1"/>
+  <c r="E35" i="1"/>
+  <c r="H17" i="1"/>
+  <c r="F17" i="1"/>
+  <c r="E17" i="1"/>
+  <c r="H17" i="4"/>
+  <c r="S19" i="4"/>
+  <c r="R19" i="4"/>
+  <c r="S18" i="4"/>
+  <c r="R18" i="4"/>
+  <c r="S17" i="4"/>
+  <c r="R17" i="4"/>
+  <c r="S16" i="4"/>
+  <c r="R16" i="4"/>
+  <c r="I22" i="1" l="1"/>
+  <c r="I19" i="1"/>
+  <c r="I21" i="1"/>
+  <c r="I20" i="1"/>
+  <c r="I18" i="1"/>
+  <c r="I27" i="1"/>
+  <c r="I28" i="1"/>
+  <c r="I29" i="1"/>
+  <c r="I30" i="1"/>
+  <c r="I31" i="1"/>
+  <c r="I32" i="1"/>
+  <c r="I33" i="1"/>
+  <c r="I34" i="1"/>
+  <c r="I35" i="1"/>
+  <c r="I36" i="1"/>
+  <c r="I37" i="1"/>
+  <c r="I38" i="1"/>
+  <c r="I39" i="1"/>
+  <c r="I40" i="1"/>
+  <c r="I41" i="1"/>
+  <c r="I17" i="1"/>
+  <c r="I42" i="1" l="1"/>
+  <c r="I44" i="1" s="1"/>
+  <c r="I49" i="1" s="1"/>
+  <c r="I50" i="1" s="1"/>
+</calcChain>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-</w:hdr>
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="85">
+  <si>
+    <t>8.0 PERANCANGAN PROJEK (untuk tindakan DiTec)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAMA SISTEM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAMA PEMOHON </t>
+  </si>
+  <si>
+    <t>BAHAGIAN/UNIT</t>
+  </si>
+  <si>
+    <t>JENIS PERMOHONAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JANGKAAN JAM PEMBANGUNAN </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TARIKH JANGKAAN MULA </t>
+  </si>
+  <si>
+    <t>Anggaran Masa</t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>XL</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>MODUL</t>
+  </si>
+  <si>
+    <t>T-SHIRT SIZE</t>
+  </si>
+  <si>
+    <t>SIZE</t>
+  </si>
+  <si>
+    <t>ANGGARAN JAM</t>
+  </si>
+  <si>
+    <t>PERT</t>
+  </si>
+  <si>
+    <t>O</t>
+  </si>
+  <si>
+    <t>P</t>
+  </si>
+  <si>
+    <t>Te ( Manhours )
+(O + 4(M) + P) / 6</t>
+  </si>
+  <si>
+    <t>Jumlah manhours sebelum risiko</t>
+  </si>
+  <si>
+    <t>Saiz</t>
+  </si>
+  <si>
+    <t>Tahap Kesukaran</t>
+  </si>
+  <si>
+    <t>Ciri-Ciri Modul / Submodul</t>
+  </si>
+  <si>
+    <t>XS</t>
+  </si>
+  <si>
+    <t>Sangat Mudah</t>
+  </si>
+  <si>
+    <t>Perubahan kecil, 1–2 fungsi, tiada integrasi</t>
+  </si>
+  <si>
+    <t>1- 8 jam</t>
+  </si>
+  <si>
+    <t>Mudah</t>
+  </si>
+  <si>
+    <t>Modul kecil, 2–4 fungsi, logik mudah</t>
+  </si>
+  <si>
+    <t>9 - 16 jam  (1-2 hari)</t>
+  </si>
+  <si>
+    <t>Sederhana</t>
+  </si>
+  <si>
+    <t>Modul sederhana, 4–8 fungsi, integrasi minimum</t>
+  </si>
+  <si>
+    <t>17 - 24 jam (2-3 hari)</t>
+  </si>
+  <si>
+    <t>Sukar</t>
+  </si>
+  <si>
+    <t>Modul besar, banyak logik kompleks, 2–3 integrasi</t>
+  </si>
+  <si>
+    <t>25 - 32 jam (3-4 hari)</t>
+  </si>
+  <si>
+    <t>Sangat Sukar</t>
+  </si>
+  <si>
+    <t>Modul sangat kompleks, banyak integrasi</t>
+  </si>
+  <si>
+    <t>33 - 40 jam  *(4 - 5 hari) </t>
+  </si>
+  <si>
+    <t>Matrik T-Shirt Size</t>
+  </si>
+  <si>
+    <t>* Nilai 6 adalah, 1+4+1=6</t>
+  </si>
+  <si>
+    <t>TE = ( O + 4(M) + P / 6</t>
+  </si>
+  <si>
+    <t>Faktor Risiko / Kompleksiti</t>
+  </si>
+  <si>
+    <t>Risiko Rendah , +10%</t>
+  </si>
+  <si>
+    <t>Pertukaran keperluan.</t>
+  </si>
+  <si>
+    <t>Risiko Sederhana , +20%</t>
+  </si>
+  <si>
+    <t>Risiko Besar, +30%</t>
+  </si>
+  <si>
+    <t>Projek kompleks, teknologi baharu.</t>
+  </si>
+  <si>
+    <t>Contoh risiko sederhana =  20%:  dimana 100% masa asal + 20% tambahan risiko = 1.2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Manhours = Jumlah sebelum risiko x Risiko </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">* Modul perlu dipecahkan sekiranya </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">manhours </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>melebihi 40 jam.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Untuk setiap tugasan, masa jangkaan purata (</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>TE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>) dikira menggunakan formula berikut:</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Optimistic time (O)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> — anggaran masa paling cepat jika semuanya berjalan lancar.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Most likely time (M)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> — anggaran masa paling realistik berdasarkan keadaan normal.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Pessimistic time (P)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> — anggaran masa paling lama jika berlaku kelewatan atau masalah.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">**Formula ini memberikan purata berwajaran, di mana nilai </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Most Likely</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (M) diberi berat </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> kali lebih tinggi berbanding nilai lain.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">  O pemberat  = </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">M pemberat = </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P pemberat = </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Integrasi luar, isu teknikal tidak dijangka</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>pertukaran keperluan.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Nilai 10% – 30% untuk faktor risiko/kompleksiti bukan nombor rawak — ia datang daripada </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>standard industry practice</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> dalam Pengurusan Projek, khususnya</t>
+    </r>
+  </si>
+  <si>
+    <t>Formula  PERT</t>
+  </si>
+  <si>
+    <t>Bergantung kepada projek dengan mengambil kira kecekapan sumber manusia, beban kerja dan risiko yang difikirkan sesuai.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TARIKH JANGKAAN TAMAT                                                          </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAMA PENGURUS PROJEK (CADANGAN)           </t>
+  </si>
+  <si>
+    <t>9.0 ANALISA KEPERLUAN SISTEM (untuk tindakan DiTec)</t>
+  </si>
+  <si>
+    <t>BIL</t>
+  </si>
+  <si>
+    <t>ANALISIS KEPERLUAN SISTEM</t>
+  </si>
+  <si>
+    <t>JAM</t>
+  </si>
+  <si>
+    <t>HARI</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>Extension Grant</t>
+  </si>
+  <si>
+    <t>Exchange Title</t>
+  </si>
+  <si>
+    <t>Exchange Project Leader</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Risiko Rendah , +10% </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Risiko Sederhana , +20% </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Risiko Besar, +30% </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Faktor Risiko </t>
+  </si>
+  <si>
+    <t>Log Masuk</t>
+  </si>
+  <si>
+    <t>Manday</t>
+  </si>
+  <si>
+    <t>Data Entry</t>
+  </si>
+</sst>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...54 lines deleted...]
-</w:hdr>
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="0.0"/>
+  </numFmts>
+  <fonts count="15" x14ac:knownFonts="1">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+  </fonts>
+  <fills count="9">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+  </fills>
+  <borders count="12">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="medium">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="medium">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="2">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+  </cellStyleXfs>
+  <cellXfs count="71">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+      <extLst>
+        <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
+          <xfpb:xfComplement i="0"/>
+        </ext>
+      </extLst>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+  </cellXfs>
+  <cellStyles count="2">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Percent" xfId="1" builtinId="5"/>
+  </cellStyles>
+  <dxfs count="7">
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="9" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="8" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="7" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.39994506668294322"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="7"/>
+        </patternFill>
+      </fill>
+    </dxf>
+  </dxfs>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2022/11/relationships/FeaturePropertyBag" Target="featurePropertyBag/featurePropertyBag.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
-<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-</w:settings>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...471 lines deleted...]
-</w:styles>
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>60960</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>152400</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>196215</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>147711</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31A68B6A-46D7-4BEF-BE56-D8D170C2FAAE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7010400" y="1882140"/>
+          <a:ext cx="2314575" cy="726831"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>129540</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>106680</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>108585</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D756E24A-9180-F367-E133-2C26094B2558}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="571500" y="8625840"/>
+          <a:ext cx="5166360" cy="1076325"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<file path=xl/featurePropertyBag/featurePropertyBag.xml><?xml version="1.0" encoding="utf-8"?>
+<FeaturePropertyBags xmlns="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag">
+  <bag type="Checkbox"/>
+  <bag type="XFControls">
+    <bagId k="CellControl">0</bagId>
+  </bag>
+  <bag type="XFComplement">
+    <bagId k="XFControls">1</bagId>
+  </bag>
+  <bag type="XFComplements" extRef="XFComplementsMapperExtRef">
+    <a k="MappedFeaturePropertyBags">
+      <bagId>2</bagId>
+    </a>
+  </bag>
+</FeaturePropertyBags>
 </file>
 
-<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
-                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...38 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</go:gDocsCustomXmlDataStorage>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
-<file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4B4DE202-867E-4FB0-88F7-AF966FB0E968}">
+  <dimension ref="B2:I50"/>
+  <sheetViews>
+    <sheetView tabSelected="1" topLeftCell="A13" zoomScale="117" zoomScaleNormal="117" workbookViewId="0">
+      <selection activeCell="G19" sqref="G19"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="2" max="2" width="4.33203125" customWidth="1"/>
+    <col min="3" max="3" width="68.88671875" customWidth="1"/>
+    <col min="4" max="4" width="8.88671875" style="3"/>
+    <col min="5" max="5" width="25.88671875" style="9" customWidth="1"/>
+    <col min="6" max="8" width="8.88671875" style="3"/>
+    <col min="9" max="9" width="22.88671875" style="7" customWidth="1"/>
+    <col min="11" max="11" width="20.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="2:9" ht="21" x14ac:dyDescent="0.3">
+      <c r="B2" s="2" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B4" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="C4" s="48"/>
+      <c r="F4" s="8"/>
+    </row>
+    <row r="5" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B5" s="48" t="s">
+        <v>2</v>
+      </c>
+      <c r="C5" s="48"/>
+      <c r="E5" s="10"/>
+    </row>
+    <row r="6" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B6" s="48" t="s">
+        <v>3</v>
+      </c>
+      <c r="C6" s="48"/>
+      <c r="E6" s="10"/>
+    </row>
+    <row r="7" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B7" s="48" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="48"/>
+      <c r="E7" s="10"/>
+    </row>
+    <row r="8" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B8" s="29"/>
+      <c r="C8" s="18"/>
+    </row>
+    <row r="9" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B9" s="48" t="s">
+        <v>5</v>
+      </c>
+      <c r="C9" s="48"/>
+    </row>
+    <row r="10" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B10" s="48" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="48"/>
+      <c r="D10" s="8"/>
+    </row>
+    <row r="11" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B11" s="48" t="s">
+        <v>65</v>
+      </c>
+      <c r="C11" s="48"/>
+      <c r="D11" s="8"/>
+    </row>
+    <row r="12" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B12" s="43" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" s="43"/>
+    </row>
+    <row r="15" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B15" s="52" t="s">
+        <v>12</v>
+      </c>
+      <c r="C15" s="52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" s="50" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="51"/>
+      <c r="F15" s="49" t="s">
+        <v>17</v>
+      </c>
+      <c r="G15" s="49"/>
+      <c r="H15" s="49"/>
+      <c r="I15" s="41" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="16" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B16" s="53"/>
+      <c r="C16" s="53"/>
+      <c r="D16" s="62" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="F16" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G16" s="62" t="s">
+        <v>9</v>
+      </c>
+      <c r="H16" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="I16" s="42"/>
+    </row>
+    <row r="17" spans="2:9" s="14" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="12">
+        <v>1</v>
+      </c>
+      <c r="C17" s="12" t="s">
+        <v>82</v>
+      </c>
+      <c r="D17" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="E17" s="61" t="str">
+        <f>VLOOKUP(D17,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>17 - 24 jam (2-3 hari)</v>
+      </c>
+      <c r="F17" s="40">
+        <f>VLOOKUP(D17,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>17</v>
+      </c>
+      <c r="G17" s="38">
+        <v>22</v>
+      </c>
+      <c r="H17" s="40">
+        <f>VLOOKUP(D17,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>24</v>
+      </c>
+      <c r="I17" s="63">
+        <f>(F17+4*(G17)+H17)/6</f>
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="18" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B18" s="4">
+        <v>2</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="D18" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="E18" s="61" t="str">
+        <f>VLOOKUP(D18,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>9 - 16 jam  (1-2 hari)</v>
+      </c>
+      <c r="F18" s="40">
+        <f>VLOOKUP(D18,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>9</v>
+      </c>
+      <c r="G18" s="38">
+        <v>14</v>
+      </c>
+      <c r="H18" s="40">
+        <f>VLOOKUP(D18,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>16</v>
+      </c>
+      <c r="I18" s="63">
+        <f t="shared" ref="I18:I41" si="0">(F18+4*(G18)+H18)/6</f>
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="19" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B19" s="4"/>
+      <c r="C19" s="4"/>
+      <c r="D19" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E19" s="61">
+        <f>VLOOKUP(D19,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F19" s="40">
+        <f>VLOOKUP(D19,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G19" s="38">
+        <v>0</v>
+      </c>
+      <c r="H19" s="40">
+        <f>VLOOKUP(D19,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I19" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B20" s="4"/>
+      <c r="C20" s="4"/>
+      <c r="D20" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E20" s="61">
+        <f>VLOOKUP(D20,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F20" s="40">
+        <f>VLOOKUP(D20,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G20" s="38">
+        <v>0</v>
+      </c>
+      <c r="H20" s="40">
+        <f>VLOOKUP(D20,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I20" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B21" s="4"/>
+      <c r="C21" s="4"/>
+      <c r="D21" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E21" s="61">
+        <f>VLOOKUP(D21,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F21" s="40">
+        <f>VLOOKUP(D21,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G21" s="38">
+        <v>0</v>
+      </c>
+      <c r="H21" s="40">
+        <f>VLOOKUP(D21,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I21" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B22" s="4"/>
+      <c r="C22" s="4"/>
+      <c r="D22" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E22" s="61">
+        <f>VLOOKUP(D22,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F22" s="40">
+        <f>VLOOKUP(D22,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G22" s="38">
+        <v>0</v>
+      </c>
+      <c r="H22" s="40">
+        <f>VLOOKUP(D22,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I22" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B23" s="4"/>
+      <c r="C23" s="4"/>
+      <c r="D23" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E23" s="61">
+        <f>VLOOKUP(D23,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F23" s="40">
+        <f>VLOOKUP(D23,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G23" s="38">
+        <v>0</v>
+      </c>
+      <c r="H23" s="40">
+        <f>VLOOKUP(D23,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I23" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B24" s="4"/>
+      <c r="C24" s="4"/>
+      <c r="D24" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E24" s="61">
+        <f>VLOOKUP(D24,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F24" s="40">
+        <f>VLOOKUP(D24,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G24" s="38">
+        <v>0</v>
+      </c>
+      <c r="H24" s="40">
+        <f>VLOOKUP(D24,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I24" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B25" s="4"/>
+      <c r="C25" s="4"/>
+      <c r="D25" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E25" s="61">
+        <f>VLOOKUP(D25,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F25" s="40">
+        <f>VLOOKUP(D25,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G25" s="38">
+        <v>0</v>
+      </c>
+      <c r="H25" s="40">
+        <f>VLOOKUP(D25,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I25" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B26" s="4"/>
+      <c r="C26" s="4"/>
+      <c r="D26" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E26" s="61">
+        <f>VLOOKUP(D26,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F26" s="40">
+        <f>VLOOKUP(D26,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G26" s="38">
+        <v>0</v>
+      </c>
+      <c r="H26" s="40">
+        <f>VLOOKUP(D26,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I26" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B27" s="4"/>
+      <c r="C27" s="4"/>
+      <c r="D27" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E27" s="61">
+        <f>VLOOKUP(D27,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F27" s="40">
+        <f>VLOOKUP(D27,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G27" s="38">
+        <v>0</v>
+      </c>
+      <c r="H27" s="40">
+        <f>VLOOKUP(D27,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I27" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B28" s="4"/>
+      <c r="C28" s="4"/>
+      <c r="D28" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E28" s="61">
+        <f>VLOOKUP(D28,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F28" s="40">
+        <f>VLOOKUP(D28,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G28" s="38">
+        <v>0</v>
+      </c>
+      <c r="H28" s="40">
+        <f>VLOOKUP(D28,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I28" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B29" s="4"/>
+      <c r="C29" s="4"/>
+      <c r="D29" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E29" s="61">
+        <f>VLOOKUP(D29,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F29" s="40">
+        <f>VLOOKUP(D29,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G29" s="38">
+        <v>0</v>
+      </c>
+      <c r="H29" s="40">
+        <f>VLOOKUP(D29,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I29" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B30" s="4"/>
+      <c r="C30" s="4"/>
+      <c r="D30" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E30" s="61">
+        <f>VLOOKUP(D30,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F30" s="40">
+        <f>VLOOKUP(D30,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G30" s="38">
+        <v>0</v>
+      </c>
+      <c r="H30" s="40">
+        <f>VLOOKUP(D30,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I30" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B31" s="4"/>
+      <c r="C31" s="4"/>
+      <c r="D31" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E31" s="61">
+        <f>VLOOKUP(D31,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F31" s="40">
+        <f>VLOOKUP(D31,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G31" s="38">
+        <v>0</v>
+      </c>
+      <c r="H31" s="40">
+        <f>VLOOKUP(D31,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I31" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B32" s="4"/>
+      <c r="C32" s="4"/>
+      <c r="D32" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E32" s="61">
+        <f>VLOOKUP(D32,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F32" s="40">
+        <f>VLOOKUP(D32,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G32" s="38">
+        <v>0</v>
+      </c>
+      <c r="H32" s="40">
+        <f>VLOOKUP(D32,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I32" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B33" s="4"/>
+      <c r="C33" s="4"/>
+      <c r="D33" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E33" s="61">
+        <f>VLOOKUP(D33,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F33" s="40">
+        <f>VLOOKUP(D33,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G33" s="38">
+        <v>0</v>
+      </c>
+      <c r="H33" s="40">
+        <f>VLOOKUP(D33,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I33" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B34" s="4"/>
+      <c r="C34" s="4"/>
+      <c r="D34" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E34" s="61">
+        <f>VLOOKUP(D34,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F34" s="40">
+        <f>VLOOKUP(D34,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G34" s="38">
+        <v>0</v>
+      </c>
+      <c r="H34" s="40">
+        <f>VLOOKUP(D34,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I34" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B35" s="4"/>
+      <c r="C35" s="4"/>
+      <c r="D35" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E35" s="61">
+        <f>VLOOKUP(D35,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F35" s="40">
+        <f>VLOOKUP(D35,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G35" s="38">
+        <v>0</v>
+      </c>
+      <c r="H35" s="40">
+        <f>VLOOKUP(D35,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I35" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B36" s="4"/>
+      <c r="C36" s="4"/>
+      <c r="D36" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E36" s="61">
+        <f>VLOOKUP(D36,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F36" s="40">
+        <f>VLOOKUP(D36,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G36" s="38">
+        <v>0</v>
+      </c>
+      <c r="H36" s="40">
+        <f>VLOOKUP(D36,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I36" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B37" s="4"/>
+      <c r="C37" s="4"/>
+      <c r="D37" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E37" s="61">
+        <f>VLOOKUP(D37,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F37" s="40">
+        <f>VLOOKUP(D37,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G37" s="38">
+        <v>0</v>
+      </c>
+      <c r="H37" s="40">
+        <f>VLOOKUP(D37,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I37" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B38" s="4"/>
+      <c r="C38" s="4"/>
+      <c r="D38" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E38" s="61">
+        <f>VLOOKUP(D38,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F38" s="40">
+        <f>VLOOKUP(D38,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G38" s="38">
+        <v>0</v>
+      </c>
+      <c r="H38" s="40">
+        <f>VLOOKUP(D38,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I38" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B39" s="4"/>
+      <c r="C39" s="4"/>
+      <c r="D39" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E39" s="61">
+        <f>VLOOKUP(D39,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F39" s="40">
+        <f>VLOOKUP(D39,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G39" s="38">
+        <v>0</v>
+      </c>
+      <c r="H39" s="40">
+        <f>VLOOKUP(D39,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I39" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B40" s="4"/>
+      <c r="C40" s="4"/>
+      <c r="D40" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E40" s="61">
+        <f>VLOOKUP(D40,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F40" s="40">
+        <f>VLOOKUP(D40,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G40" s="38">
+        <v>0</v>
+      </c>
+      <c r="H40" s="40">
+        <f>VLOOKUP(D40,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I40" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B41" s="4"/>
+      <c r="C41" s="4"/>
+      <c r="D41" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E41" s="61">
+        <f>VLOOKUP(D41,Rujuk!$G$8:$L$13,6,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="F41" s="40">
+        <f>VLOOKUP(D41,Rujuk!$G$8:$L$13,2,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="G41" s="38">
+        <v>0</v>
+      </c>
+      <c r="H41" s="40">
+        <f>VLOOKUP(D41,Rujuk!$G$8:$L$13,3,FALSE)</f>
+        <v>0</v>
+      </c>
+      <c r="I41" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B42" s="47" t="s">
+        <v>21</v>
+      </c>
+      <c r="C42" s="47"/>
+      <c r="D42" s="47"/>
+      <c r="E42" s="47"/>
+      <c r="F42" s="47"/>
+      <c r="G42" s="47"/>
+      <c r="H42" s="47"/>
+      <c r="I42" s="69">
+        <f>SUM(I17:I41)</f>
+        <v>35</v>
+      </c>
+    </row>
+    <row r="43" spans="2:9" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B43" s="44" t="s">
+        <v>81</v>
+      </c>
+      <c r="C43" s="45"/>
+      <c r="D43" s="15"/>
+      <c r="E43" s="46"/>
+      <c r="F43" s="46"/>
+      <c r="G43" s="46"/>
+      <c r="H43" s="46"/>
+      <c r="I43" s="65"/>
+    </row>
+    <row r="44" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B44" s="4"/>
+      <c r="C44" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="D44" s="66" t="b">
+        <v>0</v>
+      </c>
+      <c r="E44" s="67"/>
+      <c r="F44" s="5"/>
+      <c r="G44" s="5"/>
+      <c r="H44" s="5"/>
+      <c r="I44" s="68">
+        <f>I42*(1 + D44*0.1 + D45*0.2 + D46*0.3)</f>
+        <v>42</v>
+      </c>
+    </row>
+    <row r="45" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B45" s="4"/>
+      <c r="C45" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="D45" s="66" t="b">
+        <v>1</v>
+      </c>
+      <c r="E45" s="67"/>
+      <c r="F45" s="5"/>
+      <c r="G45" s="5"/>
+      <c r="H45" s="5"/>
+      <c r="I45" s="68"/>
+    </row>
+    <row r="46" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="B46" s="4"/>
+      <c r="C46" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="D46" s="66" t="b">
+        <v>0</v>
+      </c>
+      <c r="E46" s="67"/>
+      <c r="F46" s="5"/>
+      <c r="G46" s="5"/>
+      <c r="H46" s="5"/>
+      <c r="I46" s="68"/>
+    </row>
+    <row r="49" spans="8:9" x14ac:dyDescent="0.3">
+      <c r="H49" s="70" t="s">
+        <v>83</v>
+      </c>
+      <c r="I49" s="64">
+        <f>I44/8</f>
+        <v>5.25</v>
+      </c>
+    </row>
+    <row r="50" spans="8:9" x14ac:dyDescent="0.3">
+      <c r="H50" s="70"/>
+      <c r="I50" s="69">
+        <f>ROUNDUP(I49,0)</f>
+        <v>6</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="18">
+    <mergeCell ref="I44:I46"/>
+    <mergeCell ref="H49:H50"/>
+    <mergeCell ref="B10:C10"/>
+    <mergeCell ref="B11:C11"/>
+    <mergeCell ref="F15:H15"/>
+    <mergeCell ref="D15:E15"/>
+    <mergeCell ref="B15:B16"/>
+    <mergeCell ref="C15:C16"/>
+    <mergeCell ref="B4:C4"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="B7:C7"/>
+    <mergeCell ref="B9:C9"/>
+    <mergeCell ref="I15:I16"/>
+    <mergeCell ref="B12:C12"/>
+    <mergeCell ref="B43:C43"/>
+    <mergeCell ref="E43:H43"/>
+    <mergeCell ref="B42:H42"/>
+  </mergeCells>
+  <conditionalFormatting sqref="D17:D41">
+    <cfRule type="cellIs" dxfId="6" priority="1" operator="equal">
+      <formula>"XL"</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="5" priority="2" operator="equal">
+      <formula>"L"</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="4" priority="3" operator="equal">
+      <formula>"M"</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="3" priority="4" operator="equal">
+      <formula>"S"</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="2" priority="5" operator="equal">
+      <formula>"XS"</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="1" priority="6" operator="equal">
+      <formula>"-"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{DAEB7837-9A46-4DDC-82F0-F9C296D81A7F}">
+          <x14:formula1>
+            <xm:f>Rujuk!$G$8:$G$13</xm:f>
+          </x14:formula1>
+          <xm:sqref>D17:D41</xm:sqref>
+        </x14:dataValidation>
+      </x14:dataValidations>
+    </ext>
+  </extLst>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1B05AC29-53D1-49AF-85F0-80AAEC41091C}">
+  <dimension ref="A2:B28"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="E12" sqref="E12"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="2" max="2" width="69.77734375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="1:2" ht="21" x14ac:dyDescent="0.3">
+      <c r="A2" s="2" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A4" s="30" t="s">
+        <v>68</v>
+      </c>
+      <c r="B4" s="30" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="4"/>
+    </row>
+    <row r="6" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A6" s="4"/>
+      <c r="B6" s="4"/>
+    </row>
+    <row r="7" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A7" s="4"/>
+      <c r="B7" s="4"/>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="4"/>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A9" s="4"/>
+      <c r="B9" s="4"/>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="4"/>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A11" s="4"/>
+      <c r="B11" s="4"/>
+    </row>
+    <row r="12" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="4"/>
+    </row>
+    <row r="13" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="4"/>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="4"/>
+    </row>
+    <row r="15" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A15" s="4"/>
+      <c r="B15" s="4"/>
+    </row>
+    <row r="16" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="4"/>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A17" s="4"/>
+      <c r="B17" s="4"/>
+    </row>
+    <row r="18" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="4"/>
+    </row>
+    <row r="19" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A19" s="4"/>
+      <c r="B19" s="4"/>
+    </row>
+    <row r="20" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="4"/>
+    </row>
+    <row r="21" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A21" s="4"/>
+      <c r="B21" s="4"/>
+    </row>
+    <row r="22" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="4"/>
+    </row>
+    <row r="23" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A23" s="4"/>
+      <c r="B23" s="4"/>
+    </row>
+    <row r="24" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="4"/>
+    </row>
+    <row r="25" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A25" s="4"/>
+      <c r="B25" s="4"/>
+    </row>
+    <row r="26" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="4"/>
+    </row>
+    <row r="27" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A27" s="4"/>
+      <c r="B27" s="4"/>
+    </row>
+    <row r="28" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="4"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{42D8DC76-C74D-4250-A712-1AEB64904589}">
+  <dimension ref="A2:D43"/>
+  <sheetViews>
+    <sheetView showGridLines="0" topLeftCell="A10" workbookViewId="0">
+      <selection activeCell="E16" sqref="E16"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="8.88671875" style="19" customWidth="1"/>
+    <col min="2" max="2" width="18" style="19" customWidth="1"/>
+    <col min="3" max="3" width="52.88671875" style="19" customWidth="1"/>
+    <col min="4" max="4" width="26.88671875" style="19" customWidth="1"/>
+    <col min="5" max="16384" width="8.88671875" style="20"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A2" s="17" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" ht="16.2" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="4" spans="1:4" ht="21.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="21" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" s="21" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" ht="18.600000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" s="23" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="16.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" s="23" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" s="23" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="22" t="s">
+        <v>9</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" s="23" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" s="23" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="19.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" s="23" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="28.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="54" t="s">
+        <v>52</v>
+      </c>
+      <c r="B10" s="55"/>
+      <c r="C10" s="55"/>
+      <c r="D10" s="56"/>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A12" s="24" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A13" s="24"/>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A14" s="25" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A15" s="25"/>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A16" s="24" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A17" s="24" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A18" s="24" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A20" s="57" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" s="57"/>
+    </row>
+    <row r="22" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="59" t="s">
+        <v>57</v>
+      </c>
+      <c r="B22" s="59"/>
+      <c r="C22" s="59"/>
+      <c r="D22" s="59"/>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A23" s="20"/>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A24" s="26" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A25" s="26" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A26" s="27" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A27" s="27" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A30" s="27" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="59" t="s">
+        <v>64</v>
+      </c>
+      <c r="B32" s="59"/>
+      <c r="C32" s="59"/>
+    </row>
+    <row r="33" spans="1:4" ht="16.2" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="34" spans="1:4" ht="31.8" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B34" s="28" t="s">
+        <v>45</v>
+      </c>
+      <c r="C34" s="28" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" ht="31.8" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B35" s="28" t="s">
+        <v>47</v>
+      </c>
+      <c r="C35" s="28" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="31.8" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B36" s="28" t="s">
+        <v>48</v>
+      </c>
+      <c r="C36" s="28" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="28.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="58" t="s">
+        <v>62</v>
+      </c>
+      <c r="B39" s="58"/>
+      <c r="C39" s="58"/>
+      <c r="D39" s="58"/>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A41" s="25" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A43" s="24" t="s">
+        <v>51</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="5">
+    <mergeCell ref="A10:D10"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="A39:D39"/>
+    <mergeCell ref="A32:C32"/>
+    <mergeCell ref="A22:D22"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ED43330E-8D08-455B-8316-863417AE2FDE}">
+  <dimension ref="C6:S24"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="E3" sqref="E3"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="4" max="4" width="23.44140625" customWidth="1"/>
+    <col min="12" max="12" width="28.88671875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="6" spans="3:19" x14ac:dyDescent="0.3">
+      <c r="G6" s="39">
+        <v>1</v>
+      </c>
+      <c r="H6" s="39">
+        <v>2</v>
+      </c>
+      <c r="I6" s="39">
+        <v>3</v>
+      </c>
+      <c r="J6" s="39">
+        <v>4</v>
+      </c>
+      <c r="K6" s="39">
+        <v>5</v>
+      </c>
+      <c r="L6" s="39">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="7" spans="3:19" x14ac:dyDescent="0.3">
+      <c r="G7" s="4"/>
+      <c r="H7" s="60" t="s">
+        <v>70</v>
+      </c>
+      <c r="I7" s="60"/>
+      <c r="J7" s="60" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" s="60"/>
+      <c r="L7" s="4"/>
+    </row>
+    <row r="8" spans="3:19" x14ac:dyDescent="0.3">
+      <c r="G8" s="37" t="s">
+        <v>77</v>
+      </c>
+      <c r="H8" s="5">
+        <v>0</v>
+      </c>
+      <c r="I8" s="5">
+        <v>0</v>
+      </c>
+      <c r="J8" s="5">
+        <v>0</v>
+      </c>
+      <c r="K8" s="5">
+        <v>0</v>
+      </c>
+      <c r="L8" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="3:19" x14ac:dyDescent="0.3">
+      <c r="C9" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" s="36" t="s">
+        <v>28</v>
+      </c>
+      <c r="G9" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="H9" s="16">
+        <v>1</v>
+      </c>
+      <c r="I9" s="16">
+        <v>8</v>
+      </c>
+      <c r="J9" s="16"/>
+      <c r="K9" s="16"/>
+      <c r="L9" s="36" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="3:19" x14ac:dyDescent="0.3">
+      <c r="C10" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" s="36" t="s">
+        <v>31</v>
+      </c>
+      <c r="G10" s="16" t="s">
+        <v>8</v>
+      </c>
+      <c r="H10" s="16">
+        <v>9</v>
+      </c>
+      <c r="I10" s="16">
+        <v>16</v>
+      </c>
+      <c r="J10" s="16">
+        <v>1</v>
+      </c>
+      <c r="K10" s="16">
+        <v>2</v>
+      </c>
+      <c r="L10" s="36" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="11" spans="3:19" x14ac:dyDescent="0.3">
+      <c r="C11" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="36" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" s="16" t="s">
+        <v>9</v>
+      </c>
+      <c r="H11" s="16">
+        <v>17</v>
+      </c>
+      <c r="I11" s="16">
+        <v>24</v>
+      </c>
+      <c r="J11" s="16">
+        <v>2</v>
+      </c>
+      <c r="K11" s="16">
+        <v>3</v>
+      </c>
+      <c r="L11" s="36" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="12" spans="3:19" x14ac:dyDescent="0.3">
+      <c r="C12" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" s="36" t="s">
+        <v>37</v>
+      </c>
+      <c r="G12" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="H12" s="16">
+        <v>25</v>
+      </c>
+      <c r="I12" s="16">
+        <v>32</v>
+      </c>
+      <c r="J12" s="16">
+        <v>3</v>
+      </c>
+      <c r="K12" s="16">
+        <v>4</v>
+      </c>
+      <c r="L12" s="36" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="13" spans="3:19" x14ac:dyDescent="0.3">
+      <c r="C13" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" s="36" t="s">
+        <v>40</v>
+      </c>
+      <c r="G13" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="H13" s="16">
+        <v>33</v>
+      </c>
+      <c r="I13" s="16">
+        <v>40</v>
+      </c>
+      <c r="J13" s="16">
+        <v>4</v>
+      </c>
+      <c r="K13" s="16">
+        <v>5</v>
+      </c>
+      <c r="L13" s="36" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="14" spans="3:19" x14ac:dyDescent="0.3">
+      <c r="Q14" s="4"/>
+      <c r="R14" s="4"/>
+      <c r="S14" s="4"/>
+    </row>
+    <row r="15" spans="3:19" x14ac:dyDescent="0.3">
+      <c r="Q15" s="16"/>
+      <c r="R15" s="16" t="s">
+        <v>72</v>
+      </c>
+      <c r="S15" s="16" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="16" spans="3:19" x14ac:dyDescent="0.3">
+      <c r="Q16" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="R16" s="16" t="e">
+        <f>VLOOKUP(Q16,$H$7:$J$11,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="S16" s="16" t="e">
+        <f>VLOOKUP(Q16,$H$7:$J$11,3,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="17" spans="6:19" x14ac:dyDescent="0.3">
+      <c r="G17">
+        <v>0</v>
+      </c>
+      <c r="H17" t="e">
+        <f>VLOOKUP(G17,G8:I13,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="Q17" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="R17" s="16" t="e">
+        <f t="shared" ref="R17:R19" si="0">VLOOKUP(Q17,$H$7:$J$11,2,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+      <c r="S17" s="16" t="e">
+        <f t="shared" ref="S17:S19" si="1">VLOOKUP(Q17,$H$7:$J$11,3,FALSE)</f>
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="18" spans="6:19" x14ac:dyDescent="0.3">
+      <c r="Q18" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="R18" s="16" t="e">
+        <f t="shared" si="0"/>
+        <v>#N/A</v>
+      </c>
+      <c r="S18" s="16" t="e">
+        <f t="shared" si="1"/>
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="19" spans="6:19" x14ac:dyDescent="0.3">
+      <c r="L19" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q19" s="16" t="s">
+        <v>9</v>
+      </c>
+      <c r="R19" s="16" t="e">
+        <f t="shared" si="0"/>
+        <v>#N/A</v>
+      </c>
+      <c r="S19" s="16" t="e">
+        <f t="shared" si="1"/>
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="21" spans="6:19" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="22" spans="6:19" ht="31.8" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="G22" s="31" t="s">
+        <v>74</v>
+      </c>
+      <c r="H22" s="32">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="23" spans="6:19" ht="31.8" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="G23" s="33" t="s">
+        <v>75</v>
+      </c>
+      <c r="H23" s="34">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="24" spans="6:19" ht="63" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="F24" s="35"/>
+      <c r="G24" s="33" t="s">
+        <v>76</v>
+      </c>
+      <c r="H24" s="34">
+        <v>40</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="H7:I7"/>
+    <mergeCell ref="J7:K7"/>
+  </mergeCells>
+  <conditionalFormatting sqref="G17">
+    <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
+      <formula>"XL"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G17" xr:uid="{A510272E-8A5D-497A-93D4-15364DE454BD}">
+      <formula1>$H$6:$H$11</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>8.0 PERANCANGAN PROJEK</vt:lpstr>
+      <vt:lpstr>9.0 ANALISA KEPERLUAN SISTEM </vt:lpstr>
+      <vt:lpstr>Rujukan</vt:lpstr>
+      <vt:lpstr>Rujuk</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>WAFAA' BINTI MOKHTAR.</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>User</dc:creator>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>